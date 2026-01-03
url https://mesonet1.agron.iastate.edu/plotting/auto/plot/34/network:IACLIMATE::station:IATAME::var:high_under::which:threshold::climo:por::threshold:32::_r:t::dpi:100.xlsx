--- v0 (2025-12-31)
+++ v1 (2026-01-03)
@@ -426,51 +426,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F382"/>
+  <dimension ref="A1:F381"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>mmdd</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>jdate</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>maxperiod</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
@@ -481,54 +481,52 @@
         <is>
           <t>startdate</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>0</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>0101</t>
         </is>
       </c>
       <c r="C2" t="n">
         <v>1</v>
       </c>
       <c r="D2" t="n">
         <v>22</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>2001-01-01</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="2" t="n">
+        <v>-2554</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>0102</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>2</v>
       </c>
       <c r="D3" t="n">
         <v>23</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>2001-01-02</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>2001-01-02</t>
@@ -8485,126 +8483,114 @@
       <c r="A374" s="1" t="n">
         <v>1035</v>
       </c>
       <c r="B374" t="inlineStr"/>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr"/>
       <c r="F374" s="2" t="n">
         <v>25556</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="n">
         <v>983</v>
       </c>
       <c r="B375" t="inlineStr"/>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr"/>
       <c r="F375" s="2" t="n">
         <v>24118</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="n">
-        <v>1137</v>
+        <v>500</v>
       </c>
       <c r="B376" t="inlineStr"/>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr"/>
       <c r="F376" s="2" t="n">
-        <v>28123</v>
+        <v>10965</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="n">
-        <v>500</v>
+        <v>1137</v>
       </c>
       <c r="B377" t="inlineStr"/>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr"/>
       <c r="F377" s="2" t="n">
-        <v>10965</v>
+        <v>28123</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="n">
         <v>1434</v>
       </c>
       <c r="B378" t="inlineStr"/>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr"/>
       <c r="F378" s="2" t="n">
         <v>36871</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="n">
         <v>491</v>
       </c>
       <c r="B379" t="inlineStr"/>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr"/>
       <c r="F379" s="2" t="n">
         <v>10616</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="n">
         <v>1564</v>
       </c>
       <c r="B380" t="inlineStr"/>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr"/>
       <c r="F380" s="2" t="n">
         <v>40216</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="n">
         <v>1009</v>
       </c>
       <c r="B381" t="inlineStr"/>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr"/>
       <c r="F381" s="2" t="n">
         <v>24832</v>
-      </c>
-[...10 lines deleted...]
-        <v>30663</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>